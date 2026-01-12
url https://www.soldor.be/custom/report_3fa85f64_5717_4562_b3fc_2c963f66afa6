--- v0 (2026-01-11)
+++ v1 (2026-01-12)
@@ -2001,99 +2001,99 @@
   <si>
     <t>opisauvres</t>
   </si>
   <si>
     <t>Michael Opitz Simply Pure Welschriesling 75cl</t>
   </si>
   <si>
     <t>opisimplywelsch</t>
   </si>
   <si>
     <t>Michael Opitz Tiglet Red 75cl</t>
   </si>
   <si>
     <t>opitigletred</t>
   </si>
   <si>
     <t>Michael Opitz Tiglet White 75cl</t>
   </si>
   <si>
     <t>opitigletwhite</t>
   </si>
   <si>
     <t>Molino Ausario Barbaresco DOCG 75cl</t>
   </si>
   <si>
+    <t>mollbaus-2019</t>
+  </si>
+  <si>
+    <t>mollbaus-2016</t>
+  </si>
+  <si>
     <t>mollbaus-2015</t>
   </si>
   <si>
-    <t>mollbaus-2019</t>
-[...4 lines deleted...]
-  <si>
     <t>Molino Ausario Barbera d'Alba Superiore DOC 75cl</t>
   </si>
   <si>
     <t>mollba</t>
   </si>
   <si>
     <t>Molino Loreto Barbera d'Asti DOCG 75cl</t>
   </si>
   <si>
     <t>mollbast</t>
   </si>
   <si>
     <t>Molino Selvaggia Piemonte Rosso DOC 75cl</t>
   </si>
   <si>
     <t>mollpr</t>
   </si>
   <si>
     <t>Molino Sibilla Langhe Arneis DOC 75cl</t>
   </si>
   <si>
     <t>mollla</t>
   </si>
   <si>
     <t>Molino Sofia Langhe Chardonnay DOC 75cl</t>
   </si>
   <si>
     <t>mollch</t>
   </si>
   <si>
     <t>Molino Teorema Barbaresco DOCG 75cl</t>
   </si>
   <si>
+    <t>mollbt-2018</t>
+  </si>
+  <si>
     <t>mollbt-2016</t>
   </si>
   <si>
     <t>mollbt-2019</t>
-  </si>
-[...1 lines deleted...]
-    <t>mollbt-2018</t>
   </si>
   <si>
     <t>Molino Vitalis Langhe Nebbiolo DOC 75cl</t>
   </si>
   <si>
     <t>mollnvit</t>
   </si>
   <si>
     <t>Monte Chiaro  Arteliquida  Igt Toscana Bianco 75cl</t>
   </si>
   <si>
     <t>mchartebianco</t>
   </si>
   <si>
     <t>Monte Chiaro A.D.345 Chianti Colli Senesi 75cl</t>
   </si>
   <si>
     <t>mchcs</t>
   </si>
   <si>
     <t>Monte Chiaro A.D.345 Chianti Colli Senesi Riserva 75cl</t>
   </si>
   <si>
     <t>mch345reserva</t>
   </si>
@@ -3218,54 +3218,54 @@
         <v>124</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>46</v>
       </c>
       <c r="B23" t="s">
         <v>47</v>
       </c>
       <c r="C23">
         <v>6</v>
       </c>
       <c r="D23">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>48</v>
       </c>
       <c r="B24" t="s">
         <v>49</v>
       </c>
       <c r="C24">
-        <v>88</v>
+        <v>76</v>
       </c>
       <c r="D24">
-        <v>88</v>
+        <v>76</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>50</v>
       </c>
       <c r="B25" t="s">
         <v>51</v>
       </c>
       <c r="C25">
         <v>56</v>
       </c>
       <c r="D25">
         <v>56</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>52</v>
       </c>
       <c r="B26" t="s">
         <v>53</v>
       </c>
       <c r="C26">
         <v>83</v>
@@ -3764,54 +3764,54 @@
         <v>101</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>123</v>
       </c>
       <c r="B62" t="s">
         <v>124</v>
       </c>
       <c r="C62">
         <v>65</v>
       </c>
       <c r="D62">
         <v>65</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>125</v>
       </c>
       <c r="B63" t="s">
         <v>126</v>
       </c>
       <c r="C63">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="D63">
-        <v>54</v>
+        <v>36</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>127</v>
       </c>
       <c r="B64" t="s">
         <v>128</v>
       </c>
       <c r="C64">
         <v>234</v>
       </c>
       <c r="D64">
         <v>234</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>129</v>
       </c>
       <c r="B65" t="s">
         <v>130</v>
       </c>
       <c r="C65">
         <v>517</v>
@@ -3960,79 +3960,79 @@
         <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>151</v>
       </c>
       <c r="B76" t="s">
         <v>152</v>
       </c>
       <c r="C76">
         <v>66</v>
       </c>
       <c r="D76">
         <v>66</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>153</v>
       </c>
       <c r="B77" t="s">
         <v>154</v>
       </c>
       <c r="C77">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="D77">
         <v>33</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>155</v>
       </c>
       <c r="B78" t="s">
         <v>156</v>
       </c>
       <c r="C78">
         <v>0</v>
       </c>
       <c r="D78">
         <v>-5</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>157</v>
       </c>
       <c r="B79" t="s">
         <v>158</v>
       </c>
       <c r="C79">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="D79">
         <v>45</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>159</v>
       </c>
       <c r="B80" t="s">
         <v>160</v>
       </c>
       <c r="C80">
         <v>78</v>
       </c>
       <c r="D80">
         <v>78</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>161</v>
       </c>
       <c r="B81" t="s">
         <v>162</v>
@@ -4282,51 +4282,51 @@
         <v>41</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>196</v>
       </c>
       <c r="B99" t="s">
         <v>197</v>
       </c>
       <c r="C99">
         <v>39</v>
       </c>
       <c r="D99">
         <v>39</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>198</v>
       </c>
       <c r="B100" t="s">
         <v>199</v>
       </c>
       <c r="C100">
-        <v>77</v>
+        <v>59</v>
       </c>
       <c r="D100">
         <v>59</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>200</v>
       </c>
       <c r="B101" t="s">
         <v>201</v>
       </c>
       <c r="C101">
         <v>18</v>
       </c>
       <c r="D101">
         <v>18</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>202</v>
       </c>
       <c r="B102" t="s">
         <v>203</v>
@@ -4338,51 +4338,51 @@
         <v>47</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>204</v>
       </c>
       <c r="B103" t="s">
         <v>205</v>
       </c>
       <c r="C103">
         <v>54</v>
       </c>
       <c r="D103">
         <v>54</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>206</v>
       </c>
       <c r="B104" t="s">
         <v>207</v>
       </c>
       <c r="C104">
-        <v>116</v>
+        <v>98</v>
       </c>
       <c r="D104">
         <v>98</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>208</v>
       </c>
       <c r="B105" t="s">
         <v>209</v>
       </c>
       <c r="C105">
         <v>66</v>
       </c>
       <c r="D105">
         <v>66</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>210</v>
       </c>
       <c r="B106" t="s">
         <v>211</v>
@@ -5976,54 +5976,54 @@
         <v>43</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
         <v>434</v>
       </c>
       <c r="B220" t="s">
         <v>435</v>
       </c>
       <c r="C220">
         <v>36</v>
       </c>
       <c r="D220">
         <v>36</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
         <v>436</v>
       </c>
       <c r="B221" t="s">
         <v>437</v>
       </c>
       <c r="C221">
-        <v>586</v>
+        <v>568</v>
       </c>
       <c r="D221">
-        <v>586</v>
+        <v>568</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
         <v>438</v>
       </c>
       <c r="B222" t="s">
         <v>439</v>
       </c>
       <c r="C222">
         <v>80</v>
       </c>
       <c r="D222">
         <v>80</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
         <v>440</v>
       </c>
       <c r="B223" t="s">
         <v>441</v>
       </c>
       <c r="C223">
         <v>62</v>
@@ -6396,51 +6396,51 @@
         <v>60</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
         <v>493</v>
       </c>
       <c r="B250" t="s">
         <v>494</v>
       </c>
       <c r="C250">
         <v>31</v>
       </c>
       <c r="D250">
         <v>31</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
         <v>495</v>
       </c>
       <c r="B251" t="s">
         <v>496</v>
       </c>
       <c r="C251">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="D251">
         <v>5</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
         <v>497</v>
       </c>
       <c r="B252" t="s">
         <v>498</v>
       </c>
       <c r="C252">
         <v>0</v>
       </c>
       <c r="D252">
         <v>0</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
         <v>499</v>
       </c>
       <c r="B253" t="s">
         <v>500</v>
@@ -7586,82 +7586,82 @@
         <v>96</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
         <v>660</v>
       </c>
       <c r="B335" t="s">
         <v>661</v>
       </c>
       <c r="C335">
         <v>149</v>
       </c>
       <c r="D335">
         <v>131</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
         <v>662</v>
       </c>
       <c r="B336" t="s">
         <v>663</v>
       </c>
       <c r="C336">
-        <v>7</v>
+        <v>45</v>
       </c>
       <c r="D336">
-        <v>7</v>
+        <v>45</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
         <v>662</v>
       </c>
       <c r="B337" t="s">
         <v>664</v>
       </c>
       <c r="C337">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="D337">
-        <v>45</v>
+        <v>31</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
         <v>662</v>
       </c>
       <c r="B338" t="s">
         <v>665</v>
       </c>
       <c r="C338">
-        <v>31</v>
+        <v>7</v>
       </c>
       <c r="D338">
-        <v>31</v>
+        <v>7</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
         <v>666</v>
       </c>
       <c r="B339" t="s">
         <v>667</v>
       </c>
       <c r="C339">
         <v>2</v>
       </c>
       <c r="D339">
         <v>2</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
         <v>668</v>
       </c>
       <c r="B340" t="s">
         <v>669</v>
       </c>
       <c r="C340">
         <v>43</v>
@@ -7698,82 +7698,82 @@
         <v>1</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
         <v>674</v>
       </c>
       <c r="B343" t="s">
         <v>675</v>
       </c>
       <c r="C343">
         <v>0</v>
       </c>
       <c r="D343">
         <v>0</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
         <v>676</v>
       </c>
       <c r="B344" t="s">
         <v>677</v>
       </c>
       <c r="C344">
-        <v>7</v>
+        <v>53</v>
       </c>
       <c r="D344">
-        <v>7</v>
+        <v>53</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
         <v>676</v>
       </c>
       <c r="B345" t="s">
         <v>678</v>
       </c>
       <c r="C345">
-        <v>132</v>
+        <v>7</v>
       </c>
       <c r="D345">
-        <v>132</v>
+        <v>7</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
         <v>676</v>
       </c>
       <c r="B346" t="s">
         <v>679</v>
       </c>
       <c r="C346">
-        <v>53</v>
+        <v>132</v>
       </c>
       <c r="D346">
-        <v>53</v>
+        <v>132</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
         <v>680</v>
       </c>
       <c r="B347" t="s">
         <v>681</v>
       </c>
       <c r="C347">
         <v>11</v>
       </c>
       <c r="D347">
         <v>11</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
         <v>682</v>
       </c>
       <c r="B348" t="s">
         <v>683</v>
       </c>
       <c r="C348">
         <v>8</v>