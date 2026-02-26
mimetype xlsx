--- v1 (2026-01-12)
+++ v2 (2026-02-26)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Odoo Inventory" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="855" uniqueCount="841">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="847" uniqueCount="833">
   <si>
     <t>Product Name</t>
   </si>
   <si>
     <t>Default Code</t>
   </si>
   <si>
     <t>Current Stock Level</t>
   </si>
   <si>
     <t>Planned Stock Level</t>
   </si>
   <si>
     <t xml:space="preserve">Achillee Chrysalide Biologique 75cl </t>
   </si>
   <si>
     <t>achchrysalide75</t>
   </si>
   <si>
     <t>Achillee Cremant d'Alsace Zero Dosage 75cl</t>
   </si>
   <si>
     <t>achcremant</t>
   </si>
   <si>
@@ -183,56 +183,56 @@
   <si>
     <t>albnebbiolo</t>
   </si>
   <si>
     <t>Albano Metodo Classico PerSchers 75cl</t>
   </si>
   <si>
     <t>albperschers</t>
   </si>
   <si>
     <t>Albano Metodo Martinotti sCiarMat 75cl</t>
   </si>
   <si>
     <t>albsciarmat-2020</t>
   </si>
   <si>
     <t>Albano Metodo Martinotti sCiarMat Magnum 1.5l</t>
   </si>
   <si>
     <t>albsciarmatmag</t>
   </si>
   <si>
     <t>Albano Roero Arneis DOCG 75cl</t>
   </si>
   <si>
+    <t>albarneisroero-2018</t>
+  </si>
+  <si>
     <t>albarneisroero-2019</t>
   </si>
   <si>
-    <t>albarneisroero-2018</t>
-[...1 lines deleted...]
-  <si>
     <t>Albano Vino Rosato 75cl</t>
   </si>
   <si>
     <t>albrosato</t>
   </si>
   <si>
     <t>Andre Berthet Cairanne Tradition Blanc AOC 75cl BIO</t>
   </si>
   <si>
     <t>bthcairannetrad</t>
   </si>
   <si>
     <t>Andre Berthet Calliope Vin Moelleux 50cl BIO</t>
   </si>
   <si>
     <t>bthcalliope</t>
   </si>
   <si>
     <t>Andre Berthet Castel Mireio Blanc Cairanne AOC 75cl BIO</t>
   </si>
   <si>
     <t>bthcastelblanc</t>
   </si>
   <si>
     <t>Andre Berthet Castel Mireio Rouge Cairanne AOC 75cl BIO</t>
@@ -1227,95 +1227,71 @@
   <si>
     <t>monba</t>
   </si>
   <si>
     <t>Franco Mondo DI.VINO Monferrato bianco DOC 75cl</t>
   </si>
   <si>
     <t>mondvb</t>
   </si>
   <si>
     <t>Franco Mondo DI.VINO Monferrato rosso DOC 75cl</t>
   </si>
   <si>
     <t>mondvr</t>
   </si>
   <si>
     <t>Franco Mondo Il Salice Barb. d'Asti Sup. DOCG 75cl</t>
   </si>
   <si>
     <t>monvds</t>
   </si>
   <si>
     <t>Franco Mondo Le Rose Nizza DOCG 75cl</t>
   </si>
   <si>
+    <t>monvdr-2018</t>
+  </si>
+  <si>
+    <t>monvdr-2016</t>
+  </si>
+  <si>
     <t>monvdr</t>
   </si>
   <si>
-    <t>monvdr-2016</t>
-[...4 lines deleted...]
-  <si>
     <t>Franco Mondo Le Rose Nizza Riserva DOCG 75cl</t>
   </si>
   <si>
     <t>monriserva</t>
   </si>
   <si>
     <t>Franco Mondo Moscato d'Asti DOCG 75cl</t>
   </si>
   <si>
     <t>monmda</t>
   </si>
   <si>
-    <t>Fred Jerbis Bitter 34 70 cl</t>
-[...22 lines deleted...]
-  <si>
     <t>Gorgo Bardolino DOC 75cl BIO</t>
   </si>
   <si>
     <t>gorbardolino</t>
   </si>
   <si>
     <t>Gorgo Bardolino chiaretto DOC 75cl BIO.</t>
   </si>
   <si>
     <t>gorchiaretto</t>
   </si>
   <si>
     <t>Gorgo Ca'nova Veronese IGT 75cl BIO</t>
   </si>
   <si>
     <t>gorcanova</t>
   </si>
   <si>
     <t>Gorgo Custoza DOC 75cl BIO</t>
   </si>
   <si>
     <t>gorcustoza</t>
   </si>
   <si>
     <t>Gorgo Il Rabito Veronese il Rabitto IGT 75cl BIO</t>
@@ -1530,56 +1506,56 @@
   <si>
     <t>kis2700</t>
   </si>
   <si>
     <t>La Micro Winerie Euphoria Pet Nat Rose 75cl</t>
   </si>
   <si>
     <t>lmweuphoria</t>
   </si>
   <si>
     <t>La Micro Winerie Granite 75cl</t>
   </si>
   <si>
     <t>lmwgranite</t>
   </si>
   <si>
     <t>La Micro Winerie Grenade 75cl</t>
   </si>
   <si>
     <t>lmwgrenade</t>
   </si>
   <si>
     <t>La Micro Winerie Imagine 75cl</t>
   </si>
   <si>
+    <t>lmwimagine2021</t>
+  </si>
+  <si>
     <t>lmwimagine2022</t>
   </si>
   <si>
-    <t>lmwimagine2021</t>
-[...1 lines deleted...]
-  <si>
     <t>La Micro Winerie Le Petit Baigneur 75cl</t>
   </si>
   <si>
     <t>lmwbaigneur</t>
   </si>
   <si>
     <t>La Micro Winerie Magma 75cl</t>
   </si>
   <si>
     <t>lmwmagma</t>
   </si>
   <si>
     <t>La Micro Winerie Monolith 75cl</t>
   </si>
   <si>
     <t>lmwmonolith</t>
   </si>
   <si>
     <t>La Micro Winerie Murmure 75cl</t>
   </si>
   <si>
     <t>lmwmurmure</t>
   </si>
   <si>
     <t>La Micro Winerie Queyries 75cl</t>
@@ -1791,51 +1767,51 @@
   <si>
     <t>Mandrarossa Frappato ITG 75cl</t>
   </si>
   <si>
     <t>man22561-2023</t>
   </si>
   <si>
     <t>Mandrarossa Grillo DOC 75cl</t>
   </si>
   <si>
     <t>man22623</t>
   </si>
   <si>
     <t>Mandrarossa Larcera Vermentino IGT BIO 75cl</t>
   </si>
   <si>
     <t>man23121-2023</t>
   </si>
   <si>
     <t>Mandrarossa Nero d'Avola DOC 75cl</t>
   </si>
   <si>
     <t>man22533</t>
   </si>
   <si>
-    <t>Mandrarossa Rosé IGT 75cl</t>
+    <t>Mandrarossa Rose IGT 75cl</t>
   </si>
   <si>
     <t>man22551</t>
   </si>
   <si>
     <t>Mandrarossa Santannella IT 75cl</t>
   </si>
   <si>
     <t>man121121-2022</t>
   </si>
   <si>
     <t>Mandrarossa Santannella Magnum 1,5l</t>
   </si>
   <si>
     <t>man126011</t>
   </si>
   <si>
     <t>Mandrarossa Terre Del Sommacco Magnum 1.5l DOC</t>
   </si>
   <si>
     <t>manmgts19</t>
   </si>
   <si>
     <t>Mandrarossa Terre del Sommacco Rosso Sicilia DOC 75cl</t>
   </si>
@@ -2043,59 +2019,59 @@
   <si>
     <t>mollbast</t>
   </si>
   <si>
     <t>Molino Selvaggia Piemonte Rosso DOC 75cl</t>
   </si>
   <si>
     <t>mollpr</t>
   </si>
   <si>
     <t>Molino Sibilla Langhe Arneis DOC 75cl</t>
   </si>
   <si>
     <t>mollla</t>
   </si>
   <si>
     <t>Molino Sofia Langhe Chardonnay DOC 75cl</t>
   </si>
   <si>
     <t>mollch</t>
   </si>
   <si>
     <t>Molino Teorema Barbaresco DOCG 75cl</t>
   </si>
   <si>
+    <t>mollbt-2019</t>
+  </si>
+  <si>
+    <t>mollbt-2016</t>
+  </si>
+  <si>
     <t>mollbt-2018</t>
   </si>
   <si>
-    <t>mollbt-2016</t>
-[...4 lines deleted...]
-  <si>
     <t>Molino Vitalis Langhe Nebbiolo DOC 75cl</t>
   </si>
   <si>
     <t>mollnvit</t>
   </si>
   <si>
     <t>Monte Chiaro  Arteliquida  Igt Toscana Bianco 75cl</t>
   </si>
   <si>
     <t>mchartebianco</t>
   </si>
   <si>
     <t>Monte Chiaro A.D.345 Chianti Colli Senesi 75cl</t>
   </si>
   <si>
     <t>mchcs</t>
   </si>
   <si>
     <t>Monte Chiaro A.D.345 Chianti Colli Senesi Riserva 75cl</t>
   </si>
   <si>
     <t>mch345reserva</t>
   </si>
   <si>
     <t>Monte Chiaro A.D.345 Igt Toscana Rosato 375ml</t>
@@ -2523,54 +2499,54 @@
   <si>
     <t>zchbuib</t>
   </si>
   <si>
     <t>Zanchi Malvasia Antichi Cloni IGT 75cl BIO</t>
   </si>
   <si>
     <t>zchbbuim</t>
   </si>
   <si>
     <t>Zanchi Pizzale Amelia Bianco DOC 75cl</t>
   </si>
   <si>
     <t>zchbadb</t>
   </si>
   <si>
     <t>Zanchi Rosato Antichi Cloni IGT 75cl BIO</t>
   </si>
   <si>
     <t>zchbbuis</t>
   </si>
   <si>
     <t>Zanchi Sciurio Amelia Rosso Riserva DOC 75cl</t>
   </si>
   <si>
+    <t>zchbadrr-2014</t>
+  </si>
+  <si>
     <t>zchbadrr-2015</t>
-  </si>
-[...1 lines deleted...]
-    <t>zchbadrr-2014</t>
   </si>
   <si>
     <t>Zanchi Vignavecchia Umbria Trebbiano IGT 75cl</t>
   </si>
   <si>
     <t>zchbuit</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -2877,51 +2853,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:D428"/>
+  <dimension ref="A1:D424"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="65.7109375" customWidth="1"/>
     <col min="2" max="2" width="25.7109375" customWidth="1"/>
     <col min="3" max="4" width="18.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
@@ -2938,54 +2914,54 @@
         <v>139</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3">
         <v>53</v>
       </c>
       <c r="D3">
         <v>53</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="D4">
-        <v>228</v>
+        <v>222</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5">
         <v>66</v>
       </c>
       <c r="D5">
         <v>66</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6">
         <v>36</v>
@@ -3134,54 +3110,54 @@
         <v>36</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>34</v>
       </c>
       <c r="B17" t="s">
         <v>35</v>
       </c>
       <c r="C17">
         <v>227</v>
       </c>
       <c r="D17">
         <v>227</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>36</v>
       </c>
       <c r="B18" t="s">
         <v>37</v>
       </c>
       <c r="C18">
-        <v>235</v>
+        <v>217</v>
       </c>
       <c r="D18">
-        <v>235</v>
+        <v>217</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>38</v>
       </c>
       <c r="B19" t="s">
         <v>39</v>
       </c>
       <c r="C19">
         <v>42</v>
       </c>
       <c r="D19">
         <v>42</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>40</v>
       </c>
       <c r="B20" t="s">
         <v>41</v>
       </c>
       <c r="C20">
         <v>22</v>
@@ -3274,68 +3250,68 @@
         <v>83</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>54</v>
       </c>
       <c r="B27" t="s">
         <v>55</v>
       </c>
       <c r="C27">
         <v>3</v>
       </c>
       <c r="D27">
         <v>3</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>56</v>
       </c>
       <c r="B28" t="s">
         <v>57</v>
       </c>
       <c r="C28">
-        <v>114</v>
+        <v>7</v>
       </c>
       <c r="D28">
-        <v>114</v>
+        <v>7</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>56</v>
       </c>
       <c r="B29" t="s">
         <v>58</v>
       </c>
       <c r="C29">
-        <v>7</v>
+        <v>114</v>
       </c>
       <c r="D29">
-        <v>7</v>
+        <v>114</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>59</v>
       </c>
       <c r="B30" t="s">
         <v>60</v>
       </c>
       <c r="C30">
         <v>138</v>
       </c>
       <c r="D30">
         <v>138</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>61</v>
       </c>
       <c r="B31" t="s">
         <v>62</v>
       </c>
       <c r="C31">
         <v>32</v>
@@ -3400,82 +3376,82 @@
         <v>54</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>71</v>
       </c>
       <c r="B36" t="s">
         <v>72</v>
       </c>
       <c r="C36">
         <v>48</v>
       </c>
       <c r="D36">
         <v>48</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>73</v>
       </c>
       <c r="B37" t="s">
         <v>74</v>
       </c>
       <c r="C37">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D37">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>75</v>
       </c>
       <c r="B38" t="s">
         <v>76</v>
       </c>
       <c r="C38">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="D38">
-        <v>29</v>
+        <v>22</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>77</v>
       </c>
       <c r="B39" t="s">
         <v>78</v>
       </c>
       <c r="C39">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="D39">
-        <v>74</v>
+        <v>68</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>79</v>
       </c>
       <c r="B40" t="s">
         <v>80</v>
       </c>
       <c r="C40">
         <v>73</v>
       </c>
       <c r="D40">
         <v>73</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>81</v>
       </c>
       <c r="B41" t="s">
         <v>82</v>
       </c>
       <c r="C41">
         <v>60</v>
@@ -3554,51 +3530,51 @@
         <v>22</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>93</v>
       </c>
       <c r="B47" t="s">
         <v>94</v>
       </c>
       <c r="C47">
         <v>81</v>
       </c>
       <c r="D47">
         <v>81</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>95</v>
       </c>
       <c r="B48" t="s">
         <v>96</v>
       </c>
       <c r="C48">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D48">
         <v>-4</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>97</v>
       </c>
       <c r="B49" t="s">
         <v>98</v>
       </c>
       <c r="C49">
         <v>4</v>
       </c>
       <c r="D49">
         <v>4</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>99</v>
       </c>
       <c r="B50" t="s">
         <v>100</v>
@@ -3610,138 +3586,138 @@
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>101</v>
       </c>
       <c r="B51" t="s">
         <v>102</v>
       </c>
       <c r="C51">
         <v>5</v>
       </c>
       <c r="D51">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>103</v>
       </c>
       <c r="B52" t="s">
         <v>104</v>
       </c>
       <c r="C52">
-        <v>636</v>
+        <v>618</v>
       </c>
       <c r="D52">
-        <v>630</v>
+        <v>612</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>105</v>
       </c>
       <c r="B53" t="s">
         <v>106</v>
       </c>
       <c r="C53">
-        <v>73</v>
+        <v>37</v>
       </c>
       <c r="D53">
-        <v>73</v>
+        <v>37</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>107</v>
       </c>
       <c r="B54" t="s">
         <v>108</v>
       </c>
       <c r="C54">
         <v>62</v>
       </c>
       <c r="D54">
         <v>62</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>109</v>
       </c>
       <c r="B55" t="s">
         <v>110</v>
       </c>
       <c r="C55">
-        <v>330</v>
+        <v>306</v>
       </c>
       <c r="D55">
-        <v>330</v>
+        <v>306</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>111</v>
       </c>
       <c r="B56" t="s">
         <v>112</v>
       </c>
       <c r="C56">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="D56">
-        <v>58</v>
+        <v>54</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>113</v>
       </c>
       <c r="B57" t="s">
         <v>114</v>
       </c>
       <c r="C57">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="D57">
-        <v>98</v>
+        <v>92</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>115</v>
       </c>
       <c r="B58" t="s">
         <v>116</v>
       </c>
       <c r="C58">
         <v>0</v>
       </c>
       <c r="D58">
-        <v>-12</v>
+        <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>117</v>
       </c>
       <c r="B59" t="s">
         <v>118</v>
       </c>
       <c r="C59">
         <v>0</v>
       </c>
       <c r="D59">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>119</v>
       </c>
       <c r="B60" t="s">
         <v>120</v>
       </c>
       <c r="C60">
         <v>122</v>
@@ -3764,82 +3740,82 @@
         <v>101</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>123</v>
       </c>
       <c r="B62" t="s">
         <v>124</v>
       </c>
       <c r="C62">
         <v>65</v>
       </c>
       <c r="D62">
         <v>65</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>125</v>
       </c>
       <c r="B63" t="s">
         <v>126</v>
       </c>
       <c r="C63">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="D63">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>127</v>
       </c>
       <c r="B64" t="s">
         <v>128</v>
       </c>
       <c r="C64">
         <v>234</v>
       </c>
       <c r="D64">
         <v>234</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>129</v>
       </c>
       <c r="B65" t="s">
         <v>130</v>
       </c>
       <c r="C65">
-        <v>517</v>
+        <v>505</v>
       </c>
       <c r="D65">
-        <v>517</v>
+        <v>505</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>131</v>
       </c>
       <c r="B66" t="s">
         <v>132</v>
       </c>
       <c r="C66">
         <v>78</v>
       </c>
       <c r="D66">
         <v>78</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>133</v>
       </c>
       <c r="B67" t="s">
         <v>134</v>
       </c>
       <c r="C67">
         <v>150</v>
@@ -3960,110 +3936,110 @@
         <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>151</v>
       </c>
       <c r="B76" t="s">
         <v>152</v>
       </c>
       <c r="C76">
         <v>66</v>
       </c>
       <c r="D76">
         <v>66</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>153</v>
       </c>
       <c r="B77" t="s">
         <v>154</v>
       </c>
       <c r="C77">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="D77">
-        <v>33</v>
+        <v>21</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>155</v>
       </c>
       <c r="B78" t="s">
         <v>156</v>
       </c>
       <c r="C78">
         <v>0</v>
       </c>
       <c r="D78">
         <v>-5</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>157</v>
       </c>
       <c r="B79" t="s">
         <v>158</v>
       </c>
       <c r="C79">
         <v>45</v>
       </c>
       <c r="D79">
         <v>45</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>159</v>
       </c>
       <c r="B80" t="s">
         <v>160</v>
       </c>
       <c r="C80">
-        <v>78</v>
+        <v>65</v>
       </c>
       <c r="D80">
-        <v>78</v>
+        <v>65</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>161</v>
       </c>
       <c r="B81" t="s">
         <v>162</v>
       </c>
       <c r="C81">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D81">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>163</v>
       </c>
       <c r="B82" t="s">
         <v>164</v>
       </c>
       <c r="C82">
         <v>66</v>
       </c>
       <c r="D82">
         <v>66</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>165</v>
       </c>
       <c r="B83" t="s">
         <v>166</v>
       </c>
       <c r="C83">
         <v>115</v>
@@ -4114,404 +4090,404 @@
         <v>-148</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>172</v>
       </c>
       <c r="B87" t="s">
         <v>173</v>
       </c>
       <c r="C87">
         <v>218</v>
       </c>
       <c r="D87">
         <v>218</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>174</v>
       </c>
       <c r="B88" t="s">
         <v>175</v>
       </c>
       <c r="C88">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="D88">
-        <v>48</v>
+        <v>42</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>176</v>
       </c>
       <c r="B89" t="s">
         <v>177</v>
       </c>
       <c r="C89">
         <v>165</v>
       </c>
       <c r="D89">
         <v>165</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>178</v>
       </c>
       <c r="B90" t="s">
         <v>179</v>
       </c>
       <c r="C90">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="D90">
-        <v>43</v>
+        <v>19</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>180</v>
       </c>
       <c r="B91" t="s">
         <v>181</v>
       </c>
       <c r="C91">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="D91">
-        <v>102</v>
+        <v>96</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>182</v>
       </c>
       <c r="B92" t="s">
         <v>183</v>
       </c>
       <c r="C92">
         <v>53</v>
       </c>
       <c r="D92">
         <v>53</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>184</v>
       </c>
       <c r="B93" t="s">
         <v>185</v>
       </c>
       <c r="C93">
         <v>0</v>
       </c>
       <c r="D93">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>186</v>
       </c>
       <c r="B94" t="s">
         <v>187</v>
       </c>
       <c r="C94">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="D94">
-        <v>101</v>
+        <v>110</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>188</v>
       </c>
       <c r="B95" t="s">
         <v>189</v>
       </c>
       <c r="C95">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="D95">
-        <v>124</v>
+        <v>118</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>190</v>
       </c>
       <c r="B96" t="s">
         <v>191</v>
       </c>
       <c r="C96">
         <v>40</v>
       </c>
       <c r="D96">
         <v>40</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>192</v>
       </c>
       <c r="B97" t="s">
         <v>193</v>
       </c>
       <c r="C97">
         <v>68</v>
       </c>
       <c r="D97">
         <v>68</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>194</v>
       </c>
       <c r="B98" t="s">
         <v>195</v>
       </c>
       <c r="C98">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="D98">
-        <v>41</v>
+        <v>33</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>196</v>
       </c>
       <c r="B99" t="s">
         <v>197</v>
       </c>
       <c r="C99">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D99">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>198</v>
       </c>
       <c r="B100" t="s">
         <v>199</v>
       </c>
       <c r="C100">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="D100">
-        <v>59</v>
+        <v>52</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>200</v>
       </c>
       <c r="B101" t="s">
         <v>201</v>
       </c>
       <c r="C101">
         <v>18</v>
       </c>
       <c r="D101">
         <v>18</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>202</v>
       </c>
       <c r="B102" t="s">
         <v>203</v>
       </c>
       <c r="C102">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="D102">
-        <v>47</v>
+        <v>41</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>204</v>
       </c>
       <c r="B103" t="s">
         <v>205</v>
       </c>
       <c r="C103">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="D103">
-        <v>54</v>
+        <v>48</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>206</v>
       </c>
       <c r="B104" t="s">
         <v>207</v>
       </c>
       <c r="C104">
         <v>98</v>
       </c>
       <c r="D104">
         <v>98</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>208</v>
       </c>
       <c r="B105" t="s">
         <v>209</v>
       </c>
       <c r="C105">
         <v>66</v>
       </c>
       <c r="D105">
         <v>66</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>210</v>
       </c>
       <c r="B106" t="s">
         <v>211</v>
       </c>
       <c r="C106">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="D106">
-        <v>117</v>
+        <v>111</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>212</v>
       </c>
       <c r="B107" t="s">
         <v>213</v>
       </c>
       <c r="C107">
         <v>30</v>
       </c>
       <c r="D107">
         <v>30</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>214</v>
       </c>
       <c r="B108" t="s">
         <v>215</v>
       </c>
       <c r="C108">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="D108">
-        <v>133</v>
+        <v>127</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>216</v>
       </c>
       <c r="B109" t="s">
         <v>217</v>
       </c>
       <c r="C109">
         <v>67</v>
       </c>
       <c r="D109">
         <v>67</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>218</v>
       </c>
       <c r="B110" t="s">
         <v>219</v>
       </c>
       <c r="C110">
-        <v>79</v>
+        <v>67</v>
       </c>
       <c r="D110">
-        <v>79</v>
+        <v>67</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>220</v>
       </c>
       <c r="B111" t="s">
         <v>221</v>
       </c>
       <c r="C111">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D111">
-        <v>37</v>
+        <v>32</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>220</v>
       </c>
       <c r="B112" t="s">
         <v>222</v>
       </c>
       <c r="C112">
         <v>114</v>
       </c>
       <c r="D112">
         <v>114</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>223</v>
       </c>
       <c r="B113" t="s">
         <v>224</v>
       </c>
       <c r="C113">
-        <v>241</v>
+        <v>229</v>
       </c>
       <c r="D113">
-        <v>235</v>
+        <v>223</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>225</v>
       </c>
       <c r="B114" t="s">
         <v>226</v>
       </c>
       <c r="C114">
         <v>0</v>
       </c>
       <c r="D114">
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>227</v>
       </c>
       <c r="B115" t="s">
         <v>228</v>
       </c>
       <c r="C115">
         <v>0</v>
@@ -4646,54 +4622,54 @@
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>247</v>
       </c>
       <c r="B125" t="s">
         <v>248</v>
       </c>
       <c r="C125">
         <v>0</v>
       </c>
       <c r="D125">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>249</v>
       </c>
       <c r="B126" t="s">
         <v>250</v>
       </c>
       <c r="C126">
-        <v>90</v>
+        <v>66</v>
       </c>
       <c r="D126">
-        <v>90</v>
+        <v>66</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>251</v>
       </c>
       <c r="B127" t="s">
         <v>252</v>
       </c>
       <c r="C127">
         <v>12</v>
       </c>
       <c r="D127">
         <v>12</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
         <v>253</v>
       </c>
       <c r="B128" t="s">
         <v>254</v>
       </c>
       <c r="C128">
         <v>0</v>
@@ -4702,96 +4678,96 @@
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
         <v>255</v>
       </c>
       <c r="B129" t="s">
         <v>256</v>
       </c>
       <c r="C129">
         <v>11</v>
       </c>
       <c r="D129">
         <v>11</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
         <v>257</v>
       </c>
       <c r="B130" t="s">
         <v>258</v>
       </c>
       <c r="C130">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="D130">
-        <v>87</v>
+        <v>81</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
         <v>259</v>
       </c>
       <c r="B131" t="s">
         <v>260</v>
       </c>
       <c r="C131">
         <v>9</v>
       </c>
       <c r="D131">
         <v>9</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
         <v>261</v>
       </c>
       <c r="B132" t="s">
         <v>262</v>
       </c>
       <c r="C132">
         <v>115</v>
       </c>
       <c r="D132">
         <v>115</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
         <v>263</v>
       </c>
       <c r="B133" t="s">
         <v>264</v>
       </c>
       <c r="C133">
         <v>0</v>
       </c>
       <c r="D133">
-        <v>-22</v>
+        <v>-4</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
         <v>265</v>
       </c>
       <c r="B134" t="s">
         <v>266</v>
       </c>
       <c r="C134">
         <v>87</v>
       </c>
       <c r="D134">
         <v>87</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
         <v>267</v>
       </c>
       <c r="B135" t="s">
         <v>268</v>
       </c>
       <c r="C135">
         <v>52</v>
@@ -4898,96 +4874,96 @@
         <v>114</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
         <v>283</v>
       </c>
       <c r="B143" t="s">
         <v>284</v>
       </c>
       <c r="C143">
         <v>30</v>
       </c>
       <c r="D143">
         <v>30</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
         <v>285</v>
       </c>
       <c r="B144" t="s">
         <v>286</v>
       </c>
       <c r="C144">
-        <v>113</v>
+        <v>95</v>
       </c>
       <c r="D144">
-        <v>113</v>
+        <v>95</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
         <v>287</v>
       </c>
       <c r="B145" t="s">
         <v>288</v>
       </c>
       <c r="C145">
         <v>30</v>
       </c>
       <c r="D145">
         <v>30</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
         <v>289</v>
       </c>
       <c r="B146" t="s">
         <v>290</v>
       </c>
       <c r="C146">
         <v>95</v>
       </c>
       <c r="D146">
         <v>95</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
         <v>291</v>
       </c>
       <c r="B147" t="s">
         <v>292</v>
       </c>
       <c r="C147">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="D147">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
         <v>293</v>
       </c>
       <c r="B148" t="s">
         <v>294</v>
       </c>
       <c r="C148">
         <v>34</v>
       </c>
       <c r="D148">
         <v>34</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
         <v>295</v>
       </c>
       <c r="B149" t="s">
         <v>296</v>
       </c>
       <c r="C149">
         <v>47</v>
@@ -5010,152 +4986,152 @@
         <v>143</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
         <v>299</v>
       </c>
       <c r="B151" t="s">
         <v>300</v>
       </c>
       <c r="C151">
         <v>108</v>
       </c>
       <c r="D151">
         <v>108</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
         <v>301</v>
       </c>
       <c r="B152" t="s">
         <v>302</v>
       </c>
       <c r="C152">
-        <v>420</v>
+        <v>378</v>
       </c>
       <c r="D152">
-        <v>420</v>
+        <v>378</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
         <v>303</v>
       </c>
       <c r="B153" t="s">
         <v>304</v>
       </c>
       <c r="C153">
-        <v>638</v>
+        <v>572</v>
       </c>
       <c r="D153">
-        <v>638</v>
+        <v>572</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
         <v>305</v>
       </c>
       <c r="B154" t="s">
         <v>306</v>
       </c>
       <c r="C154">
-        <v>750</v>
+        <v>738</v>
       </c>
       <c r="D154">
-        <v>750</v>
+        <v>738</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
         <v>307</v>
       </c>
       <c r="B155" t="s">
         <v>308</v>
       </c>
       <c r="C155">
         <v>114</v>
       </c>
       <c r="D155">
         <v>114</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
         <v>309</v>
       </c>
       <c r="B156" t="s">
         <v>310</v>
       </c>
       <c r="C156">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="D156">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
         <v>311</v>
       </c>
       <c r="B157" t="s">
         <v>312</v>
       </c>
       <c r="C157">
         <v>0</v>
       </c>
       <c r="D157">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
         <v>313</v>
       </c>
       <c r="B158" t="s">
         <v>314</v>
       </c>
       <c r="C158">
         <v>108</v>
       </c>
       <c r="D158">
         <v>108</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
         <v>315</v>
       </c>
       <c r="B159" t="s">
         <v>316</v>
       </c>
       <c r="C159">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="D159">
-        <v>11</v>
+        <v>-1</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
         <v>317</v>
       </c>
       <c r="B160" t="s">
         <v>318</v>
       </c>
       <c r="C160">
         <v>48</v>
       </c>
       <c r="D160">
         <v>48</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
         <v>319</v>
       </c>
       <c r="B161" t="s">
         <v>320</v>
       </c>
       <c r="C161">
         <v>54</v>
@@ -5178,54 +5154,54 @@
         <v>30</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
         <v>323</v>
       </c>
       <c r="B163" t="s">
         <v>324</v>
       </c>
       <c r="C163">
         <v>90</v>
       </c>
       <c r="D163">
         <v>90</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
         <v>325</v>
       </c>
       <c r="B164" t="s">
         <v>326</v>
       </c>
       <c r="C164">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="D164">
-        <v>18</v>
+        <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
         <v>327</v>
       </c>
       <c r="B165" t="s">
         <v>328</v>
       </c>
       <c r="C165">
         <v>48</v>
       </c>
       <c r="D165">
         <v>48</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
         <v>329</v>
       </c>
       <c r="B166" t="s">
         <v>330</v>
       </c>
       <c r="C166">
         <v>0</v>
@@ -5237,51 +5213,51 @@
     <row r="167" spans="1:4">
       <c r="A167" t="s">
         <v>331</v>
       </c>
       <c r="B167" t="s">
         <v>332</v>
       </c>
       <c r="C167">
         <v>78</v>
       </c>
       <c r="D167">
         <v>72</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
         <v>333</v>
       </c>
       <c r="B168" t="s">
         <v>334</v>
       </c>
       <c r="C168">
         <v>0</v>
       </c>
       <c r="D168">
-        <v>-24</v>
+        <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
         <v>335</v>
       </c>
       <c r="B169" t="s">
         <v>336</v>
       </c>
       <c r="C169">
         <v>0</v>
       </c>
       <c r="D169">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
         <v>337</v>
       </c>
       <c r="B170" t="s">
         <v>338</v>
       </c>
       <c r="C170">
         <v>71</v>
@@ -5430,54 +5406,54 @@
         <v>47</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
         <v>359</v>
       </c>
       <c r="B181" t="s">
         <v>360</v>
       </c>
       <c r="C181">
         <v>11</v>
       </c>
       <c r="D181">
         <v>11</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
         <v>361</v>
       </c>
       <c r="B182" t="s">
         <v>362</v>
       </c>
       <c r="C182">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="D182">
-        <v>45</v>
+        <v>21</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
         <v>363</v>
       </c>
       <c r="B183" t="s">
         <v>364</v>
       </c>
       <c r="C183">
         <v>108</v>
       </c>
       <c r="D183">
         <v>108</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
         <v>365</v>
       </c>
       <c r="B184" t="s">
         <v>366</v>
       </c>
       <c r="C184">
         <v>7</v>
@@ -5601,3326 +5577,3270 @@
     <row r="193" spans="1:4">
       <c r="A193" t="s">
         <v>383</v>
       </c>
       <c r="B193" t="b">
         <v>0</v>
       </c>
       <c r="C193">
         <v>66</v>
       </c>
       <c r="D193">
         <v>66</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
         <v>384</v>
       </c>
       <c r="B194" t="s">
         <v>385</v>
       </c>
       <c r="C194">
         <v>5</v>
       </c>
       <c r="D194">
-        <v>-41</v>
+        <v>-11</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
         <v>386</v>
       </c>
       <c r="B195" t="s">
         <v>387</v>
       </c>
       <c r="C195">
         <v>72</v>
       </c>
       <c r="D195">
         <v>72</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
         <v>388</v>
       </c>
       <c r="B196" t="s">
         <v>389</v>
       </c>
       <c r="C196">
-        <v>355</v>
+        <v>343</v>
       </c>
       <c r="D196">
-        <v>355</v>
+        <v>343</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
         <v>390</v>
       </c>
       <c r="B197" t="s">
         <v>391</v>
       </c>
       <c r="C197">
-        <v>366</v>
+        <v>342</v>
       </c>
       <c r="D197">
-        <v>366</v>
+        <v>342</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
         <v>392</v>
       </c>
       <c r="B198" t="s">
         <v>393</v>
       </c>
       <c r="C198">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="D198">
-        <v>263</v>
+        <v>262</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
         <v>394</v>
       </c>
       <c r="B199" t="s">
         <v>395</v>
       </c>
       <c r="C199">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="D199">
-        <v>108</v>
+        <v>114</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
         <v>396</v>
       </c>
       <c r="B200" t="s">
         <v>397</v>
       </c>
       <c r="C200">
         <v>41</v>
       </c>
       <c r="D200">
         <v>41</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
         <v>398</v>
       </c>
       <c r="B201" t="s">
         <v>399</v>
       </c>
       <c r="C201">
         <v>70</v>
       </c>
       <c r="D201">
         <v>70</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
         <v>400</v>
       </c>
       <c r="B202" t="s">
         <v>401</v>
       </c>
       <c r="C202">
-        <v>110</v>
+        <v>98</v>
       </c>
       <c r="D202">
-        <v>110</v>
+        <v>98</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
         <v>402</v>
       </c>
       <c r="B203" t="s">
         <v>403</v>
       </c>
       <c r="C203">
         <v>120</v>
       </c>
       <c r="D203">
         <v>120</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
         <v>404</v>
       </c>
       <c r="B204" t="s">
         <v>405</v>
       </c>
       <c r="C204">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="D204">
-        <v>20</v>
+        <v>78</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
         <v>404</v>
       </c>
       <c r="B205" t="s">
         <v>406</v>
       </c>
       <c r="C205">
         <v>14</v>
       </c>
       <c r="D205">
         <v>14</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
         <v>404</v>
       </c>
       <c r="B206" t="s">
         <v>407</v>
       </c>
       <c r="C206">
-        <v>96</v>
+        <v>20</v>
       </c>
       <c r="D206">
-        <v>96</v>
+        <v>20</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
         <v>408</v>
       </c>
       <c r="B207" t="s">
         <v>409</v>
       </c>
       <c r="C207">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="D207">
-        <v>125</v>
+        <v>118</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
         <v>410</v>
       </c>
       <c r="B208" t="s">
         <v>411</v>
       </c>
       <c r="C208">
         <v>0</v>
       </c>
       <c r="D208">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
         <v>412</v>
       </c>
       <c r="B209" t="s">
         <v>413</v>
       </c>
       <c r="C209">
-        <v>0</v>
+        <v>246</v>
       </c>
       <c r="D209">
-        <v>0</v>
+        <v>246</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
         <v>414</v>
       </c>
       <c r="B210" t="s">
         <v>415</v>
       </c>
       <c r="C210">
-        <v>4</v>
+        <v>721</v>
       </c>
       <c r="D210">
-        <v>4</v>
+        <v>721</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
         <v>416</v>
       </c>
       <c r="B211" t="s">
         <v>417</v>
       </c>
       <c r="C211">
-        <v>10</v>
+        <v>93</v>
       </c>
       <c r="D211">
-        <v>10</v>
+        <v>93</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
         <v>418</v>
       </c>
       <c r="B212" t="s">
         <v>419</v>
       </c>
       <c r="C212">
-        <v>24</v>
+        <v>571</v>
       </c>
       <c r="D212">
-        <v>24</v>
+        <v>571</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
         <v>420</v>
       </c>
       <c r="B213" t="s">
         <v>421</v>
       </c>
       <c r="C213">
-        <v>250</v>
+        <v>58</v>
       </c>
       <c r="D213">
-        <v>250</v>
+        <v>58</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
         <v>422</v>
       </c>
       <c r="B214" t="s">
         <v>423</v>
       </c>
       <c r="C214">
-        <v>721</v>
+        <v>58</v>
       </c>
       <c r="D214">
-        <v>721</v>
+        <v>58</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
         <v>424</v>
       </c>
       <c r="B215" t="s">
         <v>425</v>
       </c>
       <c r="C215">
-        <v>93</v>
+        <v>43</v>
       </c>
       <c r="D215">
-        <v>93</v>
+        <v>43</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
         <v>426</v>
       </c>
       <c r="B216" t="s">
         <v>427</v>
       </c>
       <c r="C216">
-        <v>571</v>
+        <v>36</v>
       </c>
       <c r="D216">
-        <v>571</v>
+        <v>36</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
         <v>428</v>
       </c>
       <c r="B217" t="s">
         <v>429</v>
       </c>
       <c r="C217">
-        <v>58</v>
+        <v>1087</v>
       </c>
       <c r="D217">
-        <v>58</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
         <v>430</v>
       </c>
       <c r="B218" t="s">
         <v>431</v>
       </c>
       <c r="C218">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="D218">
-        <v>58</v>
+        <v>80</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
         <v>432</v>
       </c>
       <c r="B219" t="s">
         <v>433</v>
       </c>
       <c r="C219">
-        <v>43</v>
+        <v>61</v>
       </c>
       <c r="D219">
-        <v>43</v>
+        <v>61</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
         <v>434</v>
       </c>
       <c r="B220" t="s">
         <v>435</v>
       </c>
       <c r="C220">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="D220">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
         <v>436</v>
       </c>
       <c r="B221" t="s">
         <v>437</v>
       </c>
       <c r="C221">
-        <v>568</v>
+        <v>33</v>
       </c>
       <c r="D221">
-        <v>568</v>
+        <v>33</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
         <v>438</v>
       </c>
       <c r="B222" t="s">
         <v>439</v>
       </c>
       <c r="C222">
-        <v>80</v>
+        <v>42</v>
       </c>
       <c r="D222">
-        <v>80</v>
+        <v>42</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
         <v>440</v>
       </c>
       <c r="B223" t="s">
         <v>441</v>
       </c>
       <c r="C223">
-        <v>62</v>
+        <v>269</v>
       </c>
       <c r="D223">
-        <v>62</v>
+        <v>269</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
         <v>442</v>
       </c>
       <c r="B224" t="s">
         <v>443</v>
       </c>
       <c r="C224">
-        <v>20</v>
+        <v>105</v>
       </c>
       <c r="D224">
-        <v>20</v>
+        <v>105</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
         <v>444</v>
       </c>
       <c r="B225" t="s">
         <v>445</v>
       </c>
       <c r="C225">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="D225">
-        <v>51</v>
+        <v>30</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
         <v>446</v>
       </c>
       <c r="B226" t="s">
         <v>447</v>
       </c>
       <c r="C226">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D226">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
         <v>448</v>
       </c>
       <c r="B227" t="s">
         <v>449</v>
       </c>
       <c r="C227">
-        <v>281</v>
+        <v>68</v>
       </c>
       <c r="D227">
-        <v>281</v>
+        <v>68</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
         <v>450</v>
       </c>
       <c r="B228" t="s">
         <v>451</v>
       </c>
       <c r="C228">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="D228">
-        <v>111</v>
+        <v>120</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
         <v>452</v>
       </c>
       <c r="B229" t="s">
         <v>453</v>
       </c>
       <c r="C229">
-        <v>36</v>
+        <v>88</v>
       </c>
       <c r="D229">
-        <v>36</v>
+        <v>88</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
         <v>454</v>
       </c>
-      <c r="B230" t="s">
-        <v>455</v>
+      <c r="B230" t="b">
+        <v>0</v>
       </c>
       <c r="C230">
-        <v>43</v>
+        <v>88</v>
       </c>
       <c r="D230">
-        <v>43</v>
+        <v>88</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
+        <v>455</v>
+      </c>
+      <c r="B231" t="s">
         <v>456</v>
       </c>
-      <c r="B231" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C231">
-        <v>68</v>
+        <v>118</v>
       </c>
       <c r="D231">
-        <v>68</v>
+        <v>118</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
+        <v>457</v>
+      </c>
+      <c r="B232" t="s">
         <v>458</v>
       </c>
-      <c r="B232" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C232">
-        <v>120</v>
+        <v>44</v>
       </c>
       <c r="D232">
-        <v>120</v>
+        <v>44</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
+        <v>459</v>
+      </c>
+      <c r="B233" t="s">
         <v>460</v>
       </c>
-      <c r="B233" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C233">
-        <v>88</v>
+        <v>53</v>
       </c>
       <c r="D233">
-        <v>88</v>
+        <v>53</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
+        <v>461</v>
+      </c>
+      <c r="B234" t="s">
         <v>462</v>
       </c>
-      <c r="B234" t="b">
-[...1 lines deleted...]
-      </c>
       <c r="C234">
-        <v>88</v>
+        <v>141</v>
       </c>
       <c r="D234">
-        <v>88</v>
+        <v>141</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
         <v>463</v>
       </c>
       <c r="B235" t="s">
         <v>464</v>
       </c>
       <c r="C235">
-        <v>118</v>
+        <v>87</v>
       </c>
       <c r="D235">
-        <v>118</v>
+        <v>87</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
         <v>465</v>
       </c>
       <c r="B236" t="s">
         <v>466</v>
       </c>
       <c r="C236">
-        <v>44</v>
+        <v>84</v>
       </c>
       <c r="D236">
-        <v>44</v>
+        <v>84</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
         <v>467</v>
       </c>
       <c r="B237" t="s">
         <v>468</v>
       </c>
       <c r="C237">
-        <v>53</v>
+        <v>846</v>
       </c>
       <c r="D237">
-        <v>53</v>
+        <v>846</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
         <v>469</v>
       </c>
       <c r="B238" t="s">
         <v>470</v>
       </c>
       <c r="C238">
-        <v>141</v>
+        <v>17</v>
       </c>
       <c r="D238">
-        <v>141</v>
+        <v>17</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
         <v>471</v>
       </c>
       <c r="B239" t="s">
         <v>472</v>
       </c>
       <c r="C239">
-        <v>93</v>
+        <v>4</v>
       </c>
       <c r="D239">
-        <v>93</v>
+        <v>4</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
         <v>473</v>
       </c>
       <c r="B240" t="s">
         <v>474</v>
       </c>
       <c r="C240">
-        <v>84</v>
+        <v>35</v>
       </c>
       <c r="D240">
-        <v>84</v>
+        <v>35</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
         <v>475</v>
       </c>
       <c r="B241" t="s">
         <v>476</v>
       </c>
       <c r="C241">
-        <v>1218</v>
+        <v>0</v>
       </c>
       <c r="D241">
-        <v>1218</v>
+        <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
         <v>477</v>
       </c>
       <c r="B242" t="s">
         <v>478</v>
       </c>
       <c r="C242">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="D242">
-        <v>17</v>
+        <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
         <v>479</v>
       </c>
       <c r="B243" t="s">
         <v>480</v>
       </c>
       <c r="C243">
-        <v>4</v>
+        <v>35</v>
       </c>
       <c r="D243">
-        <v>4</v>
+        <v>35</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
         <v>481</v>
       </c>
       <c r="B244" t="s">
         <v>482</v>
       </c>
       <c r="C244">
-        <v>36</v>
+        <v>1</v>
       </c>
       <c r="D244">
-        <v>36</v>
+        <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
         <v>483</v>
       </c>
       <c r="B245" t="s">
         <v>484</v>
       </c>
       <c r="C245">
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="D245">
-        <v>-2</v>
+        <v>60</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
         <v>485</v>
       </c>
       <c r="B246" t="s">
         <v>486</v>
       </c>
       <c r="C246">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="D246">
-        <v>0</v>
+        <v>31</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
         <v>487</v>
       </c>
       <c r="B247" t="s">
         <v>488</v>
       </c>
       <c r="C247">
-        <v>35</v>
+        <v>5</v>
       </c>
       <c r="D247">
-        <v>35</v>
+        <v>5</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
         <v>489</v>
       </c>
       <c r="B248" t="s">
         <v>490</v>
       </c>
       <c r="C248">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D248">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
         <v>491</v>
       </c>
       <c r="B249" t="s">
         <v>492</v>
       </c>
       <c r="C249">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="D249">
-        <v>60</v>
+        <v>78</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
         <v>493</v>
       </c>
       <c r="B250" t="s">
         <v>494</v>
       </c>
       <c r="C250">
-        <v>31</v>
+        <v>86</v>
       </c>
       <c r="D250">
-        <v>31</v>
+        <v>86</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
         <v>495</v>
       </c>
       <c r="B251" t="s">
         <v>496</v>
       </c>
       <c r="C251">
-        <v>5</v>
+        <v>203</v>
       </c>
       <c r="D251">
-        <v>5</v>
+        <v>203</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
         <v>497</v>
       </c>
       <c r="B252" t="s">
         <v>498</v>
       </c>
       <c r="C252">
-        <v>0</v>
+        <v>37</v>
       </c>
       <c r="D252">
-        <v>0</v>
+        <v>37</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
+        <v>497</v>
+      </c>
+      <c r="B253" t="s">
         <v>499</v>
       </c>
-      <c r="B253" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C253">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="D253">
-        <v>78</v>
+        <v>66</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
+        <v>500</v>
+      </c>
+      <c r="B254" t="s">
         <v>501</v>
       </c>
-      <c r="B254" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C254">
-        <v>86</v>
+        <v>173</v>
       </c>
       <c r="D254">
-        <v>86</v>
+        <v>173</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
+        <v>502</v>
+      </c>
+      <c r="B255" t="s">
         <v>503</v>
       </c>
-      <c r="B255" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C255">
-        <v>209</v>
+        <v>13</v>
       </c>
       <c r="D255">
-        <v>209</v>
+        <v>13</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
+        <v>504</v>
+      </c>
+      <c r="B256" t="s">
         <v>505</v>
       </c>
-      <c r="B256" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C256">
-        <v>66</v>
+        <v>0</v>
       </c>
       <c r="D256">
-        <v>66</v>
+        <v>0</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="B257" t="s">
         <v>507</v>
       </c>
       <c r="C257">
-        <v>37</v>
+        <v>79</v>
       </c>
       <c r="D257">
-        <v>37</v>
+        <v>79</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
         <v>508</v>
       </c>
       <c r="B258" t="s">
         <v>509</v>
       </c>
       <c r="C258">
-        <v>173</v>
+        <v>76</v>
       </c>
       <c r="D258">
-        <v>173</v>
+        <v>76</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
         <v>510</v>
       </c>
       <c r="B259" t="s">
         <v>511</v>
       </c>
       <c r="C259">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="D259">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
         <v>512</v>
       </c>
       <c r="B260" t="s">
         <v>513</v>
       </c>
       <c r="C260">
-        <v>0</v>
+        <v>107</v>
       </c>
       <c r="D260">
-        <v>0</v>
+        <v>107</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
         <v>514</v>
       </c>
       <c r="B261" t="s">
         <v>515</v>
       </c>
       <c r="C261">
-        <v>79</v>
+        <v>32</v>
       </c>
       <c r="D261">
-        <v>79</v>
+        <v>32</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
         <v>516</v>
       </c>
       <c r="B262" t="s">
         <v>517</v>
       </c>
       <c r="C262">
-        <v>76</v>
+        <v>181</v>
       </c>
       <c r="D262">
-        <v>76</v>
+        <v>181</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
         <v>518</v>
       </c>
       <c r="B263" t="s">
         <v>519</v>
       </c>
       <c r="C263">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="D263">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
         <v>520</v>
       </c>
       <c r="B264" t="s">
         <v>521</v>
       </c>
       <c r="C264">
-        <v>107</v>
+        <v>330</v>
       </c>
       <c r="D264">
-        <v>107</v>
+        <v>328</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
         <v>522</v>
       </c>
       <c r="B265" t="s">
         <v>523</v>
       </c>
       <c r="C265">
-        <v>32</v>
+        <v>468</v>
       </c>
       <c r="D265">
-        <v>32</v>
+        <v>429</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
         <v>524</v>
       </c>
       <c r="B266" t="s">
         <v>525</v>
       </c>
       <c r="C266">
-        <v>181</v>
+        <v>30</v>
       </c>
       <c r="D266">
-        <v>181</v>
+        <v>30</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
         <v>526</v>
       </c>
-      <c r="B267" t="s">
-        <v>527</v>
+      <c r="B267" t="b">
+        <v>0</v>
       </c>
       <c r="C267">
-        <v>6</v>
+        <v>110</v>
       </c>
       <c r="D267">
-        <v>6</v>
+        <v>110</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
+        <v>527</v>
+      </c>
+      <c r="B268" t="s">
         <v>528</v>
       </c>
-      <c r="B268" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C268">
-        <v>228</v>
+        <v>6</v>
       </c>
       <c r="D268">
-        <v>346</v>
+        <v>6</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
+        <v>529</v>
+      </c>
+      <c r="B269" t="s">
         <v>530</v>
       </c>
-      <c r="B269" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C269">
-        <v>0</v>
+        <v>121</v>
       </c>
       <c r="D269">
-        <v>431</v>
+        <v>121</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
+        <v>531</v>
+      </c>
+      <c r="B270" t="s">
         <v>532</v>
       </c>
-      <c r="B270" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C270">
-        <v>36</v>
+        <v>585</v>
       </c>
       <c r="D270">
-        <v>48</v>
+        <v>585</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
+        <v>533</v>
+      </c>
+      <c r="B271" t="s">
         <v>534</v>
       </c>
-      <c r="B271" t="b">
-[...1 lines deleted...]
-      </c>
       <c r="C271">
-        <v>110</v>
+        <v>1041</v>
       </c>
       <c r="D271">
-        <v>110</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
         <v>535</v>
       </c>
       <c r="B272" t="s">
         <v>536</v>
       </c>
       <c r="C272">
-        <v>6</v>
+        <v>795</v>
       </c>
       <c r="D272">
-        <v>6</v>
+        <v>795</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
         <v>537</v>
       </c>
       <c r="B273" t="s">
         <v>538</v>
       </c>
       <c r="C273">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="D273">
-        <v>121</v>
+        <v>42</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
         <v>539</v>
       </c>
       <c r="B274" t="s">
         <v>540</v>
       </c>
       <c r="C274">
-        <v>633</v>
+        <v>114</v>
       </c>
       <c r="D274">
-        <v>633</v>
+        <v>114</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
         <v>541</v>
       </c>
       <c r="B275" t="s">
         <v>542</v>
       </c>
       <c r="C275">
-        <v>1143</v>
+        <v>102</v>
       </c>
       <c r="D275">
-        <v>1143</v>
+        <v>90</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
         <v>543</v>
       </c>
       <c r="B276" t="s">
         <v>544</v>
       </c>
       <c r="C276">
-        <v>975</v>
+        <v>102</v>
       </c>
       <c r="D276">
-        <v>975</v>
+        <v>90</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
         <v>545</v>
       </c>
       <c r="B277" t="s">
         <v>546</v>
       </c>
       <c r="C277">
-        <v>42</v>
+        <v>1</v>
       </c>
       <c r="D277">
-        <v>42</v>
+        <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
         <v>547</v>
       </c>
       <c r="B278" t="s">
         <v>548</v>
       </c>
       <c r="C278">
-        <v>114</v>
+        <v>43</v>
       </c>
       <c r="D278">
-        <v>114</v>
+        <v>43</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
         <v>549</v>
       </c>
       <c r="B279" t="s">
         <v>550</v>
       </c>
       <c r="C279">
-        <v>102</v>
+        <v>77</v>
       </c>
       <c r="D279">
-        <v>90</v>
+        <v>77</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
         <v>551</v>
       </c>
       <c r="B280" t="s">
         <v>552</v>
       </c>
       <c r="C280">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="D280">
-        <v>90</v>
+        <v>99</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
         <v>553</v>
       </c>
       <c r="B281" t="s">
         <v>554</v>
       </c>
       <c r="C281">
-        <v>1</v>
+        <v>42</v>
       </c>
       <c r="D281">
-        <v>-5</v>
+        <v>42</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
         <v>555</v>
       </c>
       <c r="B282" t="s">
         <v>556</v>
       </c>
       <c r="C282">
-        <v>43</v>
+        <v>195</v>
       </c>
       <c r="D282">
-        <v>43</v>
+        <v>195</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
         <v>557</v>
       </c>
       <c r="B283" t="s">
         <v>558</v>
       </c>
       <c r="C283">
-        <v>77</v>
+        <v>314</v>
       </c>
       <c r="D283">
-        <v>77</v>
+        <v>314</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
         <v>559</v>
       </c>
       <c r="B284" t="s">
         <v>560</v>
       </c>
       <c r="C284">
-        <v>99</v>
+        <v>771</v>
       </c>
       <c r="D284">
-        <v>96</v>
+        <v>768</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
         <v>561</v>
       </c>
       <c r="B285" t="s">
         <v>562</v>
       </c>
       <c r="C285">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="D285">
-        <v>42</v>
+        <v>24</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
         <v>563</v>
       </c>
       <c r="B286" t="s">
         <v>564</v>
       </c>
       <c r="C286">
-        <v>207</v>
+        <v>252</v>
       </c>
       <c r="D286">
-        <v>207</v>
+        <v>252</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
         <v>565</v>
       </c>
       <c r="B287" t="s">
         <v>566</v>
       </c>
       <c r="C287">
-        <v>338</v>
+        <v>27</v>
       </c>
       <c r="D287">
-        <v>338</v>
+        <v>27</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
         <v>567</v>
       </c>
       <c r="B288" t="s">
         <v>568</v>
       </c>
       <c r="C288">
-        <v>819</v>
+        <v>96</v>
       </c>
       <c r="D288">
-        <v>816</v>
+        <v>85</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
         <v>569</v>
       </c>
       <c r="B289" t="s">
         <v>570</v>
       </c>
       <c r="C289">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="D289">
-        <v>24</v>
+        <v>8</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
         <v>571</v>
       </c>
       <c r="B290" t="s">
         <v>572</v>
       </c>
       <c r="C290">
         <v>0</v>
       </c>
       <c r="D290">
-        <v>252</v>
+        <v>-6</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
         <v>573</v>
       </c>
       <c r="B291" t="s">
         <v>574</v>
       </c>
       <c r="C291">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="D291">
-        <v>27</v>
+        <v>48</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
         <v>575</v>
       </c>
       <c r="B292" t="s">
         <v>576</v>
       </c>
       <c r="C292">
-        <v>126</v>
+        <v>11</v>
       </c>
       <c r="D292">
-        <v>115</v>
+        <v>11</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
         <v>577</v>
       </c>
       <c r="B293" t="s">
         <v>578</v>
       </c>
       <c r="C293">
-        <v>8</v>
+        <v>78</v>
       </c>
       <c r="D293">
-        <v>8</v>
+        <v>78</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
         <v>579</v>
       </c>
       <c r="B294" t="s">
         <v>580</v>
       </c>
       <c r="C294">
-        <v>12</v>
+        <v>162</v>
       </c>
       <c r="D294">
-        <v>6</v>
+        <v>162</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
         <v>581</v>
       </c>
       <c r="B295" t="s">
         <v>582</v>
       </c>
       <c r="C295">
-        <v>66</v>
+        <v>0</v>
       </c>
       <c r="D295">
-        <v>60</v>
+        <v>0</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
         <v>583</v>
       </c>
       <c r="B296" t="s">
         <v>584</v>
       </c>
       <c r="C296">
-        <v>41</v>
+        <v>186</v>
       </c>
       <c r="D296">
-        <v>41</v>
+        <v>180</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
         <v>585</v>
       </c>
       <c r="B297" t="s">
         <v>586</v>
       </c>
       <c r="C297">
-        <v>84</v>
+        <v>126</v>
       </c>
       <c r="D297">
-        <v>84</v>
+        <v>126</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
         <v>587</v>
       </c>
       <c r="B298" t="s">
         <v>588</v>
       </c>
       <c r="C298">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="D298">
-        <v>234</v>
+        <v>102</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
         <v>589</v>
       </c>
       <c r="B299" t="s">
         <v>590</v>
       </c>
       <c r="C299">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="D299">
-        <v>0</v>
+        <v>22</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
         <v>591</v>
       </c>
       <c r="B300" t="s">
         <v>592</v>
       </c>
       <c r="C300">
-        <v>114</v>
+        <v>5</v>
       </c>
       <c r="D300">
-        <v>234</v>
+        <v>5</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
         <v>593</v>
       </c>
       <c r="B301" t="s">
         <v>594</v>
       </c>
       <c r="C301">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="D301">
-        <v>126</v>
+        <v>18</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
         <v>595</v>
       </c>
       <c r="B302" t="s">
         <v>596</v>
       </c>
       <c r="C302">
-        <v>126</v>
+        <v>48</v>
       </c>
       <c r="D302">
-        <v>126</v>
+        <v>48</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
         <v>597</v>
       </c>
       <c r="B303" t="s">
         <v>598</v>
       </c>
       <c r="C303">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="D303">
-        <v>22</v>
+        <v>36</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
         <v>599</v>
       </c>
       <c r="B304" t="s">
         <v>600</v>
       </c>
       <c r="C304">
-        <v>5</v>
+        <v>102</v>
       </c>
       <c r="D304">
-        <v>5</v>
+        <v>102</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
         <v>601</v>
       </c>
       <c r="B305" t="s">
         <v>602</v>
       </c>
       <c r="C305">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="D305">
-        <v>18</v>
+        <v>72</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
+        <v>601</v>
+      </c>
+      <c r="B306" t="s">
         <v>603</v>
       </c>
-      <c r="B306" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C306">
-        <v>48</v>
+        <v>75</v>
       </c>
       <c r="D306">
-        <v>48</v>
+        <v>75</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
+        <v>604</v>
+      </c>
+      <c r="B307" t="s">
         <v>605</v>
       </c>
-      <c r="B307" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C307">
-        <v>36</v>
+        <v>61</v>
       </c>
       <c r="D307">
-        <v>36</v>
+        <v>61</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
+        <v>606</v>
+      </c>
+      <c r="B308" t="s">
         <v>607</v>
       </c>
-      <c r="B308" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C308">
-        <v>102</v>
+        <v>321</v>
       </c>
       <c r="D308">
-        <v>102</v>
+        <v>321</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
+        <v>608</v>
+      </c>
+      <c r="B309" t="s">
         <v>609</v>
       </c>
-      <c r="B309" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C309">
-        <v>72</v>
+        <v>43</v>
       </c>
       <c r="D309">
-        <v>72</v>
+        <v>43</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="B310" t="s">
         <v>611</v>
       </c>
       <c r="C310">
-        <v>75</v>
+        <v>336</v>
       </c>
       <c r="D310">
-        <v>75</v>
+        <v>336</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
         <v>612</v>
       </c>
       <c r="B311" t="s">
         <v>613</v>
       </c>
       <c r="C311">
-        <v>61</v>
+        <v>416</v>
       </c>
       <c r="D311">
-        <v>61</v>
+        <v>416</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
         <v>614</v>
       </c>
       <c r="B312" t="s">
         <v>615</v>
       </c>
       <c r="C312">
-        <v>324</v>
+        <v>246</v>
       </c>
       <c r="D312">
-        <v>324</v>
+        <v>246</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
         <v>616</v>
       </c>
       <c r="B313" t="s">
         <v>617</v>
       </c>
       <c r="C313">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D313">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
         <v>618</v>
       </c>
       <c r="B314" t="s">
         <v>619</v>
       </c>
       <c r="C314">
-        <v>337</v>
+        <v>77</v>
       </c>
       <c r="D314">
-        <v>337</v>
+        <v>77</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
         <v>620</v>
       </c>
       <c r="B315" t="s">
         <v>621</v>
       </c>
       <c r="C315">
-        <v>417</v>
+        <v>176</v>
       </c>
       <c r="D315">
-        <v>417</v>
+        <v>176</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
         <v>622</v>
       </c>
       <c r="B316" t="s">
         <v>623</v>
       </c>
       <c r="C316">
-        <v>247</v>
+        <v>0</v>
       </c>
       <c r="D316">
-        <v>247</v>
+        <v>0</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
         <v>624</v>
       </c>
       <c r="B317" t="s">
         <v>625</v>
       </c>
       <c r="C317">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="D317">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
         <v>626</v>
       </c>
       <c r="B318" t="s">
         <v>627</v>
       </c>
       <c r="C318">
-        <v>77</v>
+        <v>149</v>
       </c>
       <c r="D318">
-        <v>77</v>
+        <v>149</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="s">
         <v>628</v>
       </c>
       <c r="B319" t="s">
         <v>629</v>
       </c>
       <c r="C319">
-        <v>201</v>
+        <v>1</v>
       </c>
       <c r="D319">
-        <v>201</v>
+        <v>-1</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
         <v>630</v>
       </c>
       <c r="B320" t="s">
         <v>631</v>
       </c>
       <c r="C320">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="D320">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
         <v>632</v>
       </c>
       <c r="B321" t="s">
         <v>633</v>
       </c>
       <c r="C321">
-        <v>53</v>
+        <v>114</v>
       </c>
       <c r="D321">
-        <v>53</v>
+        <v>114</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" t="s">
         <v>634</v>
       </c>
       <c r="B322" t="s">
         <v>635</v>
       </c>
       <c r="C322">
-        <v>149</v>
+        <v>72</v>
       </c>
       <c r="D322">
-        <v>149</v>
+        <v>72</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" t="s">
         <v>636</v>
       </c>
       <c r="B323" t="s">
         <v>637</v>
       </c>
       <c r="C323">
-        <v>1</v>
+        <v>32</v>
       </c>
       <c r="D323">
-        <v>-1</v>
+        <v>32</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
         <v>638</v>
       </c>
       <c r="B324" t="s">
         <v>639</v>
       </c>
       <c r="C324">
-        <v>6</v>
+        <v>150</v>
       </c>
       <c r="D324">
-        <v>6</v>
+        <v>150</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
         <v>640</v>
       </c>
       <c r="B325" t="s">
         <v>641</v>
       </c>
       <c r="C325">
-        <v>114</v>
+        <v>90</v>
       </c>
       <c r="D325">
-        <v>114</v>
+        <v>90</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
         <v>642</v>
       </c>
       <c r="B326" t="s">
         <v>643</v>
       </c>
       <c r="C326">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="D326">
-        <v>72</v>
+        <v>12</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
         <v>644</v>
       </c>
       <c r="B327" t="s">
         <v>645</v>
       </c>
       <c r="C327">
-        <v>32</v>
+        <v>73</v>
       </c>
       <c r="D327">
-        <v>32</v>
+        <v>73</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
         <v>646</v>
       </c>
       <c r="B328" t="s">
         <v>647</v>
       </c>
       <c r="C328">
-        <v>150</v>
+        <v>12</v>
       </c>
       <c r="D328">
-        <v>150</v>
+        <v>12</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
         <v>648</v>
       </c>
       <c r="B329" t="s">
         <v>649</v>
       </c>
       <c r="C329">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="D329">
-        <v>90</v>
+        <v>27</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
         <v>650</v>
       </c>
       <c r="B330" t="s">
         <v>651</v>
       </c>
       <c r="C330">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="D330">
-        <v>18</v>
+        <v>66</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" t="s">
         <v>652</v>
       </c>
       <c r="B331" t="s">
         <v>653</v>
       </c>
       <c r="C331">
-        <v>74</v>
+        <v>137</v>
       </c>
       <c r="D331">
-        <v>74</v>
+        <v>137</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" t="s">
         <v>654</v>
       </c>
       <c r="B332" t="s">
         <v>655</v>
       </c>
       <c r="C332">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="D332">
-        <v>12</v>
+        <v>45</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
+        <v>654</v>
+      </c>
+      <c r="B333" t="s">
         <v>656</v>
       </c>
-      <c r="B333" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C333">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D333">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
-        <v>658</v>
+        <v>654</v>
       </c>
       <c r="B334" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="C334">
-        <v>96</v>
+        <v>7</v>
       </c>
       <c r="D334">
-        <v>96</v>
+        <v>7</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="B335" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="C335">
-        <v>149</v>
+        <v>1</v>
       </c>
       <c r="D335">
-        <v>131</v>
+        <v>1</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="B336" t="s">
-        <v>663</v>
+        <v>661</v>
       </c>
       <c r="C336">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D336">
-        <v>45</v>
+        <v>43</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
         <v>662</v>
       </c>
       <c r="B337" t="s">
-        <v>664</v>
+        <v>663</v>
       </c>
       <c r="C337">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D337">
-        <v>31</v>
+        <v>21</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="B338" t="s">
         <v>665</v>
       </c>
       <c r="C338">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="D338">
-        <v>7</v>
+        <v>0</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
         <v>666</v>
       </c>
       <c r="B339" t="s">
         <v>667</v>
       </c>
       <c r="C339">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D339">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
         <v>668</v>
       </c>
       <c r="B340" t="s">
         <v>669</v>
       </c>
       <c r="C340">
-        <v>43</v>
+        <v>132</v>
       </c>
       <c r="D340">
-        <v>43</v>
+        <v>132</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
+        <v>668</v>
+      </c>
+      <c r="B341" t="s">
         <v>670</v>
       </c>
-      <c r="B341" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C341">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="D341">
-        <v>22</v>
+        <v>0</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
-        <v>672</v>
+        <v>668</v>
       </c>
       <c r="B342" t="s">
-        <v>673</v>
+        <v>671</v>
       </c>
       <c r="C342">
-        <v>1</v>
+        <v>53</v>
       </c>
       <c r="D342">
-        <v>1</v>
+        <v>53</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="B343" t="s">
-        <v>675</v>
+        <v>673</v>
       </c>
       <c r="C343">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="D343">
-        <v>0</v>
+        <v>11</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="B344" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="C344">
-        <v>53</v>
+        <v>8</v>
       </c>
       <c r="D344">
-        <v>53</v>
+        <v>8</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
         <v>676</v>
       </c>
       <c r="B345" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="C345">
-        <v>7</v>
+        <v>141</v>
       </c>
       <c r="D345">
-        <v>7</v>
+        <v>141</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="B346" t="s">
         <v>679</v>
       </c>
       <c r="C346">
-        <v>132</v>
+        <v>24</v>
       </c>
       <c r="D346">
-        <v>132</v>
+        <v>24</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
         <v>680</v>
       </c>
       <c r="B347" t="s">
         <v>681</v>
       </c>
       <c r="C347">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="D347">
-        <v>11</v>
+        <v>0</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
         <v>682</v>
       </c>
       <c r="B348" t="s">
         <v>683</v>
       </c>
       <c r="C348">
-        <v>8</v>
+        <v>65</v>
       </c>
       <c r="D348">
-        <v>8</v>
+        <v>65</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
         <v>684</v>
       </c>
       <c r="B349" t="s">
         <v>685</v>
       </c>
       <c r="C349">
-        <v>153</v>
+        <v>100</v>
       </c>
       <c r="D349">
-        <v>153</v>
+        <v>100</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" t="s">
         <v>686</v>
       </c>
       <c r="B350" t="s">
         <v>687</v>
       </c>
       <c r="C350">
-        <v>0</v>
+        <v>66</v>
       </c>
       <c r="D350">
-        <v>-60</v>
+        <v>66</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
         <v>688</v>
       </c>
       <c r="B351" t="s">
         <v>689</v>
       </c>
       <c r="C351">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D351">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" t="s">
         <v>690</v>
       </c>
       <c r="B352" t="s">
         <v>691</v>
       </c>
       <c r="C352">
-        <v>66</v>
+        <v>165</v>
       </c>
       <c r="D352">
-        <v>66</v>
+        <v>165</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" t="s">
         <v>692</v>
       </c>
       <c r="B353" t="s">
         <v>693</v>
       </c>
       <c r="C353">
-        <v>100</v>
+        <v>132</v>
       </c>
       <c r="D353">
-        <v>100</v>
+        <v>132</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" t="s">
         <v>694</v>
       </c>
       <c r="B354" t="s">
         <v>695</v>
       </c>
       <c r="C354">
-        <v>79</v>
+        <v>101</v>
       </c>
       <c r="D354">
-        <v>79</v>
+        <v>101</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" t="s">
         <v>696</v>
       </c>
       <c r="B355" t="s">
         <v>697</v>
       </c>
       <c r="C355">
-        <v>3</v>
+        <v>202</v>
       </c>
       <c r="D355">
-        <v>-3</v>
+        <v>202</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" t="s">
         <v>698</v>
       </c>
       <c r="B356" t="s">
         <v>699</v>
       </c>
       <c r="C356">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="D356">
-        <v>165</v>
+        <v>162</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" t="s">
         <v>700</v>
       </c>
       <c r="B357" t="s">
         <v>701</v>
       </c>
       <c r="C357">
-        <v>168</v>
+        <v>107</v>
       </c>
       <c r="D357">
-        <v>168</v>
+        <v>107</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" t="s">
         <v>702</v>
       </c>
       <c r="B358" t="s">
         <v>703</v>
       </c>
       <c r="C358">
-        <v>101</v>
+        <v>159</v>
       </c>
       <c r="D358">
-        <v>101</v>
+        <v>159</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" t="s">
         <v>704</v>
       </c>
       <c r="B359" t="s">
         <v>705</v>
       </c>
       <c r="C359">
-        <v>202</v>
+        <v>6</v>
       </c>
       <c r="D359">
-        <v>202</v>
+        <v>0</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" t="s">
         <v>706</v>
       </c>
       <c r="B360" t="s">
         <v>707</v>
       </c>
       <c r="C360">
-        <v>162</v>
+        <v>357</v>
       </c>
       <c r="D360">
-        <v>162</v>
+        <v>357</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" t="s">
         <v>708</v>
       </c>
       <c r="B361" t="s">
         <v>709</v>
       </c>
       <c r="C361">
-        <v>107</v>
+        <v>216</v>
       </c>
       <c r="D361">
-        <v>107</v>
+        <v>204</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" t="s">
         <v>710</v>
       </c>
       <c r="B362" t="s">
         <v>711</v>
       </c>
       <c r="C362">
-        <v>159</v>
+        <v>83</v>
       </c>
       <c r="D362">
-        <v>159</v>
+        <v>83</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" t="s">
         <v>712</v>
       </c>
       <c r="B363" t="s">
         <v>713</v>
       </c>
       <c r="C363">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="D363">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" t="s">
         <v>714</v>
       </c>
       <c r="B364" t="s">
         <v>715</v>
       </c>
       <c r="C364">
-        <v>357</v>
+        <v>8</v>
       </c>
       <c r="D364">
-        <v>357</v>
+        <v>8</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" t="s">
         <v>716</v>
       </c>
       <c r="B365" t="s">
         <v>717</v>
       </c>
       <c r="C365">
-        <v>228</v>
+        <v>60</v>
       </c>
       <c r="D365">
-        <v>216</v>
+        <v>60</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" t="s">
         <v>718</v>
       </c>
       <c r="B366" t="s">
         <v>719</v>
       </c>
       <c r="C366">
-        <v>89</v>
+        <v>35</v>
       </c>
       <c r="D366">
-        <v>89</v>
+        <v>35</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" t="s">
         <v>720</v>
       </c>
       <c r="B367" t="s">
         <v>721</v>
       </c>
       <c r="C367">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="D367">
-        <v>4</v>
+        <v>19</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" t="s">
         <v>722</v>
       </c>
       <c r="B368" t="s">
         <v>723</v>
       </c>
       <c r="C368">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="D368">
-        <v>8</v>
+        <v>24</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" t="s">
         <v>724</v>
       </c>
       <c r="B369" t="s">
         <v>725</v>
       </c>
       <c r="C369">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="D369">
-        <v>61</v>
+        <v>29</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" t="s">
         <v>726</v>
       </c>
       <c r="B370" t="s">
         <v>727</v>
       </c>
       <c r="C370">
-        <v>35</v>
+        <v>90</v>
       </c>
       <c r="D370">
-        <v>35</v>
+        <v>90</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" t="s">
         <v>728</v>
       </c>
       <c r="B371" t="s">
         <v>729</v>
       </c>
       <c r="C371">
-        <v>19</v>
+        <v>137</v>
       </c>
       <c r="D371">
-        <v>19</v>
+        <v>137</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" t="s">
         <v>730</v>
       </c>
       <c r="B372" t="s">
         <v>731</v>
       </c>
       <c r="C372">
-        <v>24</v>
+        <v>138</v>
       </c>
       <c r="D372">
-        <v>24</v>
+        <v>138</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" t="s">
         <v>732</v>
       </c>
       <c r="B373" t="s">
         <v>733</v>
       </c>
       <c r="C373">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="D373">
-        <v>29</v>
+        <v>12</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" t="s">
         <v>734</v>
       </c>
       <c r="B374" t="s">
         <v>735</v>
       </c>
       <c r="C374">
-        <v>90</v>
+        <v>53</v>
       </c>
       <c r="D374">
-        <v>90</v>
+        <v>53</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" t="s">
         <v>736</v>
       </c>
       <c r="B375" t="s">
         <v>737</v>
       </c>
       <c r="C375">
-        <v>161</v>
+        <v>41</v>
       </c>
       <c r="D375">
-        <v>161</v>
+        <v>41</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" t="s">
         <v>738</v>
       </c>
       <c r="B376" t="s">
         <v>739</v>
       </c>
       <c r="C376">
-        <v>144</v>
+        <v>58</v>
       </c>
       <c r="D376">
-        <v>144</v>
+        <v>58</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" t="s">
         <v>740</v>
       </c>
       <c r="B377" t="s">
         <v>741</v>
       </c>
       <c r="C377">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="D377">
-        <v>12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" t="s">
         <v>742</v>
       </c>
       <c r="B378" t="s">
         <v>743</v>
       </c>
       <c r="C378">
-        <v>53</v>
+        <v>117</v>
       </c>
       <c r="D378">
-        <v>53</v>
+        <v>117</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" t="s">
         <v>744</v>
       </c>
       <c r="B379" t="s">
         <v>745</v>
       </c>
       <c r="C379">
-        <v>41</v>
+        <v>0</v>
       </c>
       <c r="D379">
-        <v>41</v>
+        <v>180</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" t="s">
         <v>746</v>
       </c>
       <c r="B380" t="s">
         <v>747</v>
       </c>
       <c r="C380">
-        <v>58</v>
+        <v>1</v>
       </c>
       <c r="D380">
-        <v>58</v>
+        <v>179</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" t="s">
         <v>748</v>
       </c>
       <c r="B381" t="s">
         <v>749</v>
       </c>
       <c r="C381">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="D381">
-        <v>40</v>
+        <v>54</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" t="s">
         <v>750</v>
       </c>
       <c r="B382" t="s">
         <v>751</v>
       </c>
       <c r="C382">
-        <v>117</v>
+        <v>28</v>
       </c>
       <c r="D382">
-        <v>117</v>
+        <v>28</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" t="s">
         <v>752</v>
       </c>
       <c r="B383" t="s">
         <v>753</v>
       </c>
       <c r="C383">
-        <v>2</v>
+        <v>69</v>
       </c>
       <c r="D383">
-        <v>0</v>
+        <v>248</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" t="s">
         <v>754</v>
       </c>
       <c r="B384" t="s">
         <v>755</v>
       </c>
       <c r="C384">
-        <v>1</v>
+        <v>114</v>
       </c>
       <c r="D384">
-        <v>-2</v>
+        <v>114</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" t="s">
         <v>756</v>
       </c>
       <c r="B385" t="s">
         <v>757</v>
       </c>
       <c r="C385">
-        <v>54</v>
+        <v>120</v>
       </c>
       <c r="D385">
-        <v>54</v>
+        <v>120</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" t="s">
         <v>758</v>
       </c>
       <c r="B386" t="s">
         <v>759</v>
       </c>
       <c r="C386">
-        <v>34</v>
+        <v>316</v>
       </c>
       <c r="D386">
-        <v>34</v>
+        <v>316</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" t="s">
         <v>760</v>
       </c>
       <c r="B387" t="s">
         <v>761</v>
       </c>
       <c r="C387">
-        <v>93</v>
+        <v>110</v>
       </c>
       <c r="D387">
-        <v>92</v>
+        <v>110</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" t="s">
         <v>762</v>
       </c>
       <c r="B388" t="s">
         <v>763</v>
       </c>
       <c r="C388">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="D388">
-        <v>114</v>
+        <v>112</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" t="s">
         <v>764</v>
       </c>
       <c r="B389" t="s">
         <v>765</v>
       </c>
       <c r="C389">
-        <v>120</v>
+        <v>4</v>
       </c>
       <c r="D389">
-        <v>120</v>
+        <v>4</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" t="s">
         <v>766</v>
       </c>
       <c r="B390" t="s">
         <v>767</v>
       </c>
       <c r="C390">
-        <v>316</v>
+        <v>189</v>
       </c>
       <c r="D390">
-        <v>292</v>
+        <v>189</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" t="s">
         <v>768</v>
       </c>
       <c r="B391" t="s">
         <v>769</v>
       </c>
       <c r="C391">
-        <v>110</v>
+        <v>126</v>
       </c>
       <c r="D391">
-        <v>110</v>
+        <v>126</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" t="s">
         <v>770</v>
       </c>
       <c r="B392" t="s">
         <v>771</v>
       </c>
       <c r="C392">
-        <v>119</v>
+        <v>208</v>
       </c>
       <c r="D392">
-        <v>119</v>
+        <v>208</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" t="s">
         <v>772</v>
       </c>
       <c r="B393" t="s">
         <v>773</v>
       </c>
       <c r="C393">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D393">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" t="s">
         <v>774</v>
       </c>
       <c r="B394" t="s">
         <v>775</v>
       </c>
       <c r="C394">
-        <v>189</v>
+        <v>234</v>
       </c>
       <c r="D394">
-        <v>189</v>
+        <v>234</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" t="s">
         <v>776</v>
       </c>
       <c r="B395" t="s">
         <v>777</v>
       </c>
       <c r="C395">
-        <v>126</v>
+        <v>62</v>
       </c>
       <c r="D395">
-        <v>126</v>
+        <v>62</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" t="s">
         <v>778</v>
       </c>
       <c r="B396" t="s">
         <v>779</v>
       </c>
       <c r="C396">
-        <v>214</v>
+        <v>164</v>
       </c>
       <c r="D396">
-        <v>214</v>
+        <v>164</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397" t="s">
         <v>780</v>
       </c>
       <c r="B397" t="s">
         <v>781</v>
       </c>
       <c r="C397">
-        <v>6</v>
+        <v>160</v>
       </c>
       <c r="D397">
-        <v>6</v>
+        <v>160</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398" t="s">
         <v>782</v>
       </c>
       <c r="B398" t="s">
         <v>783</v>
       </c>
       <c r="C398">
-        <v>234</v>
+        <v>1</v>
       </c>
       <c r="D398">
-        <v>234</v>
+        <v>1</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399" t="s">
         <v>784</v>
       </c>
       <c r="B399" t="s">
         <v>785</v>
       </c>
       <c r="C399">
-        <v>74</v>
+        <v>0</v>
       </c>
       <c r="D399">
-        <v>68</v>
+        <v>0</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400" t="s">
         <v>786</v>
       </c>
       <c r="B400" t="s">
         <v>787</v>
       </c>
       <c r="C400">
-        <v>164</v>
+        <v>0</v>
       </c>
       <c r="D400">
-        <v>164</v>
+        <v>0</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" t="s">
         <v>788</v>
       </c>
       <c r="B401" t="s">
         <v>789</v>
       </c>
       <c r="C401">
-        <v>160</v>
+        <v>139</v>
       </c>
       <c r="D401">
-        <v>160</v>
+        <v>139</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" t="s">
         <v>790</v>
       </c>
       <c r="B402" t="s">
         <v>791</v>
       </c>
       <c r="C402">
-        <v>1</v>
+        <v>90</v>
       </c>
       <c r="D402">
-        <v>1</v>
+        <v>90</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" t="s">
         <v>792</v>
       </c>
       <c r="B403" t="s">
         <v>793</v>
       </c>
       <c r="C403">
-        <v>0</v>
+        <v>106</v>
       </c>
       <c r="D403">
-        <v>0</v>
+        <v>106</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" t="s">
         <v>794</v>
       </c>
       <c r="B404" t="s">
         <v>795</v>
       </c>
       <c r="C404">
-        <v>0</v>
+        <v>62</v>
       </c>
       <c r="D404">
-        <v>0</v>
+        <v>62</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" t="s">
         <v>796</v>
       </c>
       <c r="B405" t="s">
         <v>797</v>
       </c>
       <c r="C405">
-        <v>139</v>
+        <v>39</v>
       </c>
       <c r="D405">
-        <v>139</v>
+        <v>39</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406" t="s">
         <v>798</v>
       </c>
       <c r="B406" t="s">
         <v>799</v>
       </c>
       <c r="C406">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="D406">
-        <v>90</v>
+        <v>84</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407" t="s">
         <v>800</v>
       </c>
       <c r="B407" t="s">
         <v>801</v>
       </c>
       <c r="C407">
-        <v>106</v>
+        <v>48</v>
       </c>
       <c r="D407">
-        <v>106</v>
+        <v>48</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408" t="s">
         <v>802</v>
       </c>
       <c r="B408" t="s">
         <v>803</v>
       </c>
       <c r="C408">
-        <v>72</v>
+        <v>42</v>
       </c>
       <c r="D408">
-        <v>72</v>
+        <v>42</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" t="s">
         <v>804</v>
       </c>
       <c r="B409" t="s">
         <v>805</v>
       </c>
       <c r="C409">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D409">
-        <v>39</v>
+        <v>42</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410" t="s">
         <v>806</v>
       </c>
       <c r="B410" t="s">
         <v>807</v>
       </c>
       <c r="C410">
-        <v>84</v>
+        <v>43</v>
       </c>
       <c r="D410">
-        <v>84</v>
+        <v>43</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" t="s">
         <v>808</v>
       </c>
       <c r="B411" t="s">
         <v>809</v>
       </c>
       <c r="C411">
-        <v>48</v>
+        <v>64</v>
       </c>
       <c r="D411">
-        <v>48</v>
+        <v>64</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" t="s">
         <v>810</v>
       </c>
       <c r="B412" t="s">
         <v>811</v>
       </c>
       <c r="C412">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="D412">
-        <v>42</v>
+        <v>0</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" t="s">
+        <v>810</v>
+      </c>
+      <c r="B413" t="s">
         <v>812</v>
       </c>
-      <c r="B413" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C413">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="D413">
-        <v>42</v>
+        <v>0</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="B414" t="s">
-        <v>815</v>
+        <v>813</v>
       </c>
       <c r="C414">
-        <v>43</v>
+        <v>88</v>
       </c>
       <c r="D414">
-        <v>43</v>
+        <v>88</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" t="s">
-        <v>816</v>
+        <v>814</v>
       </c>
       <c r="B415" t="s">
-        <v>817</v>
+        <v>815</v>
       </c>
       <c r="C415">
-        <v>64</v>
+        <v>51</v>
       </c>
       <c r="D415">
-        <v>64</v>
+        <v>51</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" t="s">
-        <v>818</v>
+        <v>816</v>
       </c>
       <c r="B416" t="s">
-        <v>819</v>
+        <v>817</v>
       </c>
       <c r="C416">
         <v>0</v>
       </c>
       <c r="D416">
         <v>0</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417" t="s">
         <v>818</v>
       </c>
       <c r="B417" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C417">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="D417">
-        <v>0</v>
+        <v>23</v>
       </c>
     </row>
     <row r="418" spans="1:4">
       <c r="A418" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="B418" t="s">
         <v>821</v>
       </c>
       <c r="C418">
-        <v>88</v>
+        <v>41</v>
       </c>
       <c r="D418">
-        <v>88</v>
+        <v>41</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419" t="s">
         <v>822</v>
       </c>
       <c r="B419" t="s">
         <v>823</v>
       </c>
       <c r="C419">
-        <v>51</v>
+        <v>37</v>
       </c>
       <c r="D419">
-        <v>51</v>
+        <v>37</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420" t="s">
         <v>824</v>
       </c>
       <c r="B420" t="s">
         <v>825</v>
       </c>
       <c r="C420">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="D420">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421" t="s">
         <v>826</v>
       </c>
       <c r="B421" t="s">
         <v>827</v>
       </c>
       <c r="C421">
-        <v>23</v>
+        <v>69</v>
       </c>
       <c r="D421">
-        <v>23</v>
+        <v>69</v>
       </c>
     </row>
     <row r="422" spans="1:4">
       <c r="A422" t="s">
         <v>828</v>
       </c>
       <c r="B422" t="s">
         <v>829</v>
       </c>
       <c r="C422">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="D422">
-        <v>41</v>
+        <v>30</v>
       </c>
     </row>
     <row r="423" spans="1:4">
       <c r="A423" t="s">
+        <v>828</v>
+      </c>
+      <c r="B423" t="s">
         <v>830</v>
       </c>
-      <c r="B423" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C423">
-        <v>37</v>
+        <v>54</v>
       </c>
       <c r="D423">
-        <v>37</v>
+        <v>54</v>
       </c>
     </row>
     <row r="424" spans="1:4">
       <c r="A424" t="s">
+        <v>831</v>
+      </c>
+      <c r="B424" t="s">
         <v>832</v>
       </c>
-      <c r="B424" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C424">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="D424">
-        <v>50</v>
-[...54 lines deleted...]
-      <c r="D428">
         <v>72</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">